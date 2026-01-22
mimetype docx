--- v0 (2025-11-13)
+++ v1 (2026-01-22)
@@ -8,1355 +8,1735 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="739EC600" w14:textId="6B604278" w:rsidR="00080722" w:rsidRPr="00D04F2A" w:rsidRDefault="00080722" w:rsidP="00834DE8">
+    <w:p w14:paraId="739EC600" w14:textId="0AA99AFC" w:rsidR="00080722" w:rsidRPr="00851B36" w:rsidRDefault="00080722" w:rsidP="00851B36">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:jc w:val="center"/>
-[...11 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00851B36">
         <w:t>Reporting Form</w:t>
       </w:r>
-      <w:r w:rsidR="00532391" w:rsidRPr="00D04F2A">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00532391" w:rsidRPr="00851B36">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00834DE8" w:rsidRPr="00D04F2A">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00834DE8" w:rsidRPr="00851B36">
         <w:t xml:space="preserve">Child Safe and </w:t>
       </w:r>
-      <w:r w:rsidR="00AE2CDA" w:rsidRPr="00D04F2A">
-[...4 lines deleted...]
-        <w:t>Sexual Exploitation, Abuse and Harassment (SEAH)</w:t>
+      <w:r w:rsidR="00AE2CDA" w:rsidRPr="00851B36">
+        <w:t>Sexual</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33C95" w:rsidRPr="00851B36">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2CDA" w:rsidRPr="00851B36">
+        <w:t>Exploitation, Abuse and Harassment (SEAH)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FCE0EEC" w14:textId="17C0EEF6" w:rsidR="00D553DC" w:rsidRDefault="00080722" w:rsidP="00D553DC">
-[...5 lines deleted...]
-        <w:t>Thi</w:t>
+    <w:p w14:paraId="1FCE0EEC" w14:textId="17C0EEF6" w:rsidR="00D553DC" w:rsidRPr="00851B36" w:rsidRDefault="00080722" w:rsidP="00851B36">
+      <w:r w:rsidRPr="00851B36">
+        <w:t xml:space="preserve">This form </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="00D37721">
+      <w:r w:rsidR="00D37721" w:rsidRPr="00851B36">
         <w:t xml:space="preserve">is to be completed by any individual </w:t>
       </w:r>
-      <w:r w:rsidR="009062E4">
+      <w:r w:rsidR="009062E4" w:rsidRPr="00851B36">
         <w:t>who suspects or receives an allegation regarding</w:t>
       </w:r>
-      <w:r w:rsidR="00834DE8">
+      <w:r w:rsidR="00834DE8" w:rsidRPr="00851B36">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A042D2D" w14:textId="235E79A4" w:rsidR="00834DE8" w:rsidRDefault="00834DE8" w:rsidP="00D553DC">
-[...1 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="2A042D2D" w14:textId="235E79A4" w:rsidR="00834DE8" w:rsidRPr="00851B36" w:rsidRDefault="00834DE8" w:rsidP="00851B36">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00851B36">
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidR="009062E4">
+      <w:r w:rsidR="009062E4" w:rsidRPr="00851B36">
         <w:t>on</w:t>
       </w:r>
-      <w:r w:rsidR="00980DB3">
+      <w:r w:rsidR="00980DB3" w:rsidRPr="00851B36">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009062E4">
+      <w:r w:rsidR="009062E4" w:rsidRPr="00851B36">
         <w:t xml:space="preserve">child safe behaviour. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AB8A717" w14:textId="4C484DE8" w:rsidR="00D553DC" w:rsidRDefault="00834DE8" w:rsidP="00D553DC">
-[...1 lines deleted...]
-        <w:pStyle w:val="NoSpacing"/>
+    <w:p w14:paraId="6AB8A717" w14:textId="78F0F9EE" w:rsidR="00D553DC" w:rsidRPr="00851B36" w:rsidRDefault="00834DE8" w:rsidP="00851B36">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00851B36">
         <w:t xml:space="preserve">Sexual exploitation, abuse and/or harassment </w:t>
       </w:r>
-      <w:r w:rsidR="00FE0B21">
+      <w:r w:rsidR="00FE0B21" w:rsidRPr="00851B36">
         <w:t>(of an adult)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24CC5102" w14:textId="48EF19E3" w:rsidR="00080722" w:rsidRDefault="009062E4" w:rsidP="00D553DC">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4FB11F10" w14:textId="77777777" w:rsidR="00C33C95" w:rsidRPr="00851B36" w:rsidRDefault="00C33C95" w:rsidP="00851B36"/>
+    <w:p w14:paraId="24CC5102" w14:textId="48EF19E3" w:rsidR="00080722" w:rsidRPr="00851B36" w:rsidRDefault="009062E4" w:rsidP="00851B36">
+      <w:r w:rsidRPr="00851B36">
         <w:t xml:space="preserve">This form must be submitted via the website or emailed to the relevant contact persons listed on the website. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9540" w:type="dxa"/>
+        <w:tblW w:w="10193" w:type="dxa"/>
         <w:tblInd w:w="-275" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4768"/>
-        <w:gridCol w:w="4772"/>
+        <w:gridCol w:w="3956"/>
+        <w:gridCol w:w="6237"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CE3DDE" w14:paraId="4B538EB0" w14:textId="77777777" w:rsidTr="00D04F2A">
+      <w:tr w:rsidR="00CE3DDE" w:rsidRPr="00851B36" w14:paraId="4B538EB0" w14:textId="77777777" w:rsidTr="00C33C95">
         <w:trPr>
           <w:trHeight w:val="534"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4768" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="035DFE0C" w14:textId="77777777" w:rsidR="00CE3DDE" w:rsidRDefault="00CE3DDE" w:rsidP="001463CC">
+            <w:tcW w:w="3956" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="035DFE0C" w14:textId="77777777" w:rsidR="00CE3DDE" w:rsidRPr="00851B36" w:rsidRDefault="00CE3DDE" w:rsidP="00851B36">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00851B36">
+              <w:t xml:space="preserve">Name of </w:t>
+            </w:r>
+            <w:r w:rsidR="009062E4" w:rsidRPr="00851B36">
+              <w:t>person</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00851B36">
+              <w:t xml:space="preserve"> lodging </w:t>
+            </w:r>
+            <w:r w:rsidR="009062E4" w:rsidRPr="00851B36">
+              <w:t>the F</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00851B36">
+              <w:t>orm:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22FE0CF4" w14:textId="467B4DA1" w:rsidR="009062E4" w:rsidRPr="00851B36" w:rsidRDefault="009062E4" w:rsidP="00851B36">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0743B3C0" w14:textId="77777777" w:rsidR="00CE3DDE" w:rsidRPr="00851B36" w:rsidRDefault="00CE3DDE" w:rsidP="00851B36"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009062E4" w:rsidRPr="00851B36" w14:paraId="4ADE1C8C" w14:textId="77777777" w:rsidTr="00C33C95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3956" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A7DA74D" w14:textId="6CC000C1" w:rsidR="009062E4" w:rsidRPr="00851B36" w:rsidRDefault="009062E4" w:rsidP="00851B36">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00851B36">
+              <w:t>Contact details of person lodging the Form (address/ phone number/ email address):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3188096B" w14:textId="77777777" w:rsidR="009062E4" w:rsidRPr="00851B36" w:rsidRDefault="009062E4" w:rsidP="00851B36"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D6A36" w:rsidRPr="00851B36" w14:paraId="1305AFD6" w14:textId="77777777" w:rsidTr="00C33C95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3956" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0962EC92" w14:textId="5777695B" w:rsidR="008D6A36" w:rsidRPr="00851B36" w:rsidRDefault="008D6A36" w:rsidP="00851B36">
+            <w:pPr>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Name of </w:t>
-[...14 lines deleted...]
-          <w:p w14:paraId="22FE0CF4" w14:textId="467B4DA1" w:rsidR="009062E4" w:rsidRDefault="009062E4" w:rsidP="001463CC">
+              <w:t>Date notification received</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="331A4CEB" w14:textId="77777777" w:rsidR="008D6A36" w:rsidRPr="00851B36" w:rsidRDefault="008D6A36" w:rsidP="00851B36"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE3DDE" w:rsidRPr="00851B36" w14:paraId="6F5283DD" w14:textId="77777777" w:rsidTr="00C33C95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3956" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="203EC432" w14:textId="77777777" w:rsidR="00CE3DDE" w:rsidRPr="00851B36" w:rsidRDefault="001463CC" w:rsidP="00851B36">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:jc w:val="left"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-          <w:p w14:paraId="0743B3C0" w14:textId="77777777" w:rsidR="00CE3DDE" w:rsidRDefault="00CE3DDE" w:rsidP="001463CC">
+            <w:r w:rsidRPr="00851B36">
+              <w:t>Date/s of Incident/s:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F95C9C8" w14:textId="47E7BCB2" w:rsidR="009062E4" w:rsidRPr="00851B36" w:rsidRDefault="009062E4" w:rsidP="00851B36">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="106AE150" w14:textId="77777777" w:rsidR="00CE3DDE" w:rsidRPr="00851B36" w:rsidRDefault="00CE3DDE" w:rsidP="00851B36"/>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009062E4" w14:paraId="4ADE1C8C" w14:textId="77777777" w:rsidTr="00D04F2A">
-[...4 lines deleted...]
-          <w:p w14:paraId="2A7DA74D" w14:textId="6CC000C1" w:rsidR="009062E4" w:rsidRDefault="009062E4" w:rsidP="001463CC">
+      <w:tr w:rsidR="00CE3DDE" w:rsidRPr="00851B36" w14:paraId="7FF08BB7" w14:textId="77777777" w:rsidTr="00C33C95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3956" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5547100B" w14:textId="77777777" w:rsidR="00CE3DDE" w:rsidRPr="00851B36" w:rsidRDefault="001463CC" w:rsidP="00851B36">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00851B36">
+              <w:t>Name of organisation/s involved:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B99B244" w14:textId="22F9693D" w:rsidR="009062E4" w:rsidRPr="00851B36" w:rsidRDefault="009062E4" w:rsidP="00851B36">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6258B3A4" w14:textId="77777777" w:rsidR="00CE3DDE" w:rsidRPr="00851B36" w:rsidRDefault="00CE3DDE" w:rsidP="00851B36"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE3DDE" w:rsidRPr="00851B36" w14:paraId="2ABC689F" w14:textId="77777777" w:rsidTr="00C33C95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3956" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A2CF653" w14:textId="253CB756" w:rsidR="00CE3DDE" w:rsidRPr="00851B36" w:rsidRDefault="001463CC" w:rsidP="00851B36">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00851B36">
+              <w:t>Alleged offender’s details including name, nationality and occupation or relationship to TAI or Implementing Partner organisation:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39F297F5" w14:textId="77777777" w:rsidR="00CE3DDE" w:rsidRPr="00851B36" w:rsidRDefault="00CE3DDE" w:rsidP="00851B36"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00211EEE" w:rsidRPr="00851B36" w14:paraId="2C5C06F2" w14:textId="77777777" w:rsidTr="00C33C95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3956" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02A66439" w14:textId="77777777" w:rsidR="00211EEE" w:rsidRDefault="00211EEE" w:rsidP="00851B36">
+            <w:pPr>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>Contact details of person lodging the Form (address/ phone number/ email address):</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="3188096B" w14:textId="77777777" w:rsidR="009062E4" w:rsidRDefault="009062E4" w:rsidP="001463CC">
+              <w:t>Victim-survivor details</w:t>
+            </w:r>
+            <w:r w:rsidR="00614409">
+              <w:t xml:space="preserve"> including name, date of birth, nationality</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC6223">
+              <w:t>, contact details, age at the time of the alleged incident (if a child)</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF649C">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="403ACB2E" w14:textId="4DB814EC" w:rsidR="00AF649C" w:rsidRPr="00AF649C" w:rsidRDefault="00AF649C" w:rsidP="00851B36">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
             </w:pPr>
-          </w:p>
+            <w:r w:rsidRPr="00AF649C">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Note: These details are optional.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A9189B1" w14:textId="77777777" w:rsidR="00211EEE" w:rsidRDefault="00211EEE" w:rsidP="00851B36"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE3DDE" w14:paraId="6F5283DD" w14:textId="77777777" w:rsidTr="00D04F2A">
-[...4 lines deleted...]
-          <w:p w14:paraId="203EC432" w14:textId="77777777" w:rsidR="00CE3DDE" w:rsidRDefault="001463CC" w:rsidP="001463CC">
+      <w:tr w:rsidR="00CE3DDE" w:rsidRPr="00851B36" w14:paraId="55529E19" w14:textId="77777777" w:rsidTr="00C33C95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3956" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BCC5B80" w14:textId="77777777" w:rsidR="00CE3DDE" w:rsidRPr="00851B36" w:rsidRDefault="001463CC" w:rsidP="00851B36">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00851B36">
+              <w:t>Details of alleged incident/s:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0004E578" w14:textId="77777777" w:rsidR="009062E4" w:rsidRPr="00851B36" w:rsidRDefault="009062E4" w:rsidP="00851B36">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F3A62A8" w14:textId="77777777" w:rsidR="009062E4" w:rsidRPr="00851B36" w:rsidRDefault="009062E4" w:rsidP="00851B36">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="190674B4" w14:textId="56E3E0F8" w:rsidR="009062E4" w:rsidRPr="00851B36" w:rsidRDefault="009062E4" w:rsidP="00851B36">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22187E86" w14:textId="5E59AD7B" w:rsidR="00CE3DDE" w:rsidRDefault="00241804" w:rsidP="00851B36">
+            <w:r>
+              <w:t xml:space="preserve">Please </w:t>
+            </w:r>
+            <w:r w:rsidR="00073D09">
+              <w:t>tick the most appropriate description</w:t>
+            </w:r>
+            <w:r w:rsidR="003F22BC">
+              <w:t>(s)</w:t>
+            </w:r>
+            <w:r w:rsidR="00073D09">
+              <w:t xml:space="preserve"> of the alleged incident:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51FD1292" w14:textId="2E6018D7" w:rsidR="00C12D56" w:rsidRDefault="00395FFD" w:rsidP="00851B36">
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1183204287"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00C12D56" w:rsidRPr="00C12D56">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C12D56">
+              <w:t xml:space="preserve"> Sexual Exploitation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="712E56FD" w14:textId="7A5F787D" w:rsidR="00073D09" w:rsidRDefault="00395FFD" w:rsidP="00851B36">
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-558165250"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00BA6C1C" w:rsidRPr="00BA6C1C">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00073D09">
+              <w:t xml:space="preserve"> Sexual Abuse</w:t>
+            </w:r>
+            <w:r w:rsidR="009168F6">
+              <w:t>/ Sexual Misconduct</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="202FE4B4" w14:textId="30EEE90B" w:rsidR="00C12D56" w:rsidRDefault="00395FFD" w:rsidP="00851B36">
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1499232266"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00C12D56" w:rsidRPr="00C12D56">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C12D56">
+              <w:t xml:space="preserve"> Sexual Harassment</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A56BA2D" w14:textId="0EAD5EC1" w:rsidR="009168F6" w:rsidRDefault="00395FFD" w:rsidP="00851B36">
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1171249070"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00BA6C1C" w:rsidRPr="00BA6C1C">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="009168F6">
+              <w:t xml:space="preserve"> Physical Abuse</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44FAA586" w14:textId="2234F1CE" w:rsidR="009168F6" w:rsidRDefault="00395FFD" w:rsidP="00851B36">
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1618678416"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00BA6C1C" w:rsidRPr="00BA6C1C">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="009168F6">
+              <w:t xml:space="preserve"> Psychological Abuse</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39A1E8CA" w14:textId="57040A56" w:rsidR="009168F6" w:rsidRDefault="00395FFD" w:rsidP="00851B36">
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1958292503"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00BA6C1C" w:rsidRPr="00BA6C1C">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="009168F6">
+              <w:t xml:space="preserve"> Neglect</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="156CBD0D" w14:textId="0C810B06" w:rsidR="00C12D56" w:rsidRDefault="00395FFD" w:rsidP="00851B36">
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-2143182651"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="003F22BC" w:rsidRPr="003F22BC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C12D56">
+              <w:t xml:space="preserve"> Policy </w:t>
+            </w:r>
+            <w:r w:rsidR="003F22BC">
+              <w:t>non-compliance</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="224F15FF" w14:textId="2D89E81A" w:rsidR="009168F6" w:rsidRDefault="00395FFD" w:rsidP="00851B36">
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-466288814"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00BA6C1C" w:rsidRPr="00BA6C1C">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="009168F6">
+              <w:t xml:space="preserve"> Other</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2168809A" w14:textId="77777777" w:rsidR="009168F6" w:rsidRDefault="009168F6" w:rsidP="00851B36"/>
+          <w:p w14:paraId="22292D63" w14:textId="52CAF5E6" w:rsidR="009168F6" w:rsidRDefault="00C25338" w:rsidP="00851B36">
+            <w:r>
+              <w:t xml:space="preserve">Provide any other details (for example: </w:t>
+            </w:r>
+            <w:r w:rsidR="003F22BC">
+              <w:t xml:space="preserve">location, </w:t>
+            </w:r>
+            <w:r w:rsidR="00B82FA2">
+              <w:t xml:space="preserve">specific </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA6C1C">
+              <w:t>vulnerabilit</w:t>
+            </w:r>
+            <w:r w:rsidR="00B82FA2">
+              <w:t>ies</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA6C1C">
+              <w:t xml:space="preserve"> or disability factors</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF649C">
+              <w:t>, injuries observed or reported</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA6C1C">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5343A821" w14:textId="77777777" w:rsidR="00BA6C1C" w:rsidRDefault="00BA6C1C" w:rsidP="00851B36"/>
+          <w:p w14:paraId="27B7E82C" w14:textId="0F107E1A" w:rsidR="00BA6C1C" w:rsidRPr="00851B36" w:rsidRDefault="00BA6C1C" w:rsidP="00851B36"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE3DDE" w:rsidRPr="00851B36" w14:paraId="6A94C9B2" w14:textId="77777777" w:rsidTr="00C33C95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3956" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D88152C" w14:textId="6155D2E9" w:rsidR="00CE3DDE" w:rsidRPr="00851B36" w:rsidRDefault="001463CC" w:rsidP="00851B36">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00851B36">
+              <w:t>Whether local law enforcement authorities, child protection authorities and/or Australian Federal Police have been involved:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48A12EFF" w14:textId="77777777" w:rsidR="00CE3DDE" w:rsidRPr="00851B36" w:rsidRDefault="00CE3DDE" w:rsidP="00851B36"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001463CC" w:rsidRPr="00851B36" w14:paraId="634DEB4A" w14:textId="77777777" w:rsidTr="00C33C95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3956" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40AA6896" w14:textId="2A8D1735" w:rsidR="001463CC" w:rsidRPr="00851B36" w:rsidRDefault="001463CC" w:rsidP="00851B36">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00851B36">
+              <w:t xml:space="preserve">If incident/s occurred </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00851B36">
+              <w:t>in the course of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00851B36">
+              <w:t xml:space="preserve"> a TAI activity or TAI funded activity, the name of the activity:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="647B252C" w14:textId="40CE21CA" w:rsidR="001463CC" w:rsidRPr="00851B36" w:rsidRDefault="001463CC" w:rsidP="00851B36"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80459" w:rsidRPr="00851B36" w14:paraId="09FF7CCF" w14:textId="77777777" w:rsidTr="00C33C95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3956" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="013445BB" w14:textId="7A44C441" w:rsidR="00E80459" w:rsidRPr="00851B36" w:rsidRDefault="00E80459" w:rsidP="00851B36">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00851B36">
+              <w:lastRenderedPageBreak/>
+              <w:t>Steps already taken</w:t>
+            </w:r>
+            <w:r w:rsidR="00B82FA2">
+              <w:t xml:space="preserve"> including </w:t>
+            </w:r>
+            <w:r w:rsidR="00777389">
+              <w:t>support provided, referrals to medical/counselling support, notifications, management interventions etc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29A0CFD4" w14:textId="77777777" w:rsidR="00E80459" w:rsidRPr="00851B36" w:rsidRDefault="00E80459" w:rsidP="00851B36"/>
+          <w:p w14:paraId="4D63D56C" w14:textId="2CD95BBB" w:rsidR="006F49F2" w:rsidRPr="00851B36" w:rsidRDefault="006F49F2" w:rsidP="00851B36"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E80459" w:rsidRPr="00851B36" w14:paraId="46A20A88" w14:textId="77777777" w:rsidTr="00C33C95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3956" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="054DC1F0" w14:textId="7B55833F" w:rsidR="00E80459" w:rsidRPr="00851B36" w:rsidRDefault="001F7E55" w:rsidP="00851B36">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00851B36">
+              <w:t xml:space="preserve">If the </w:t>
+            </w:r>
+            <w:r w:rsidR="00F41952">
+              <w:t>victim-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00851B36">
+              <w:t>survivor is an adult, do they wish to be identified in reporting:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1315CE8F" w14:textId="16CCD059" w:rsidR="00E80459" w:rsidRPr="00851B36" w:rsidRDefault="001F7E55" w:rsidP="00851B36">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00851B36">
+              <w:t>YES  /</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00851B36">
+              <w:t xml:space="preserve">  NO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F7E55" w:rsidRPr="00851B36" w14:paraId="147F1C70" w14:textId="77777777" w:rsidTr="00C33C95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3956" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="517AE14A" w14:textId="2F232394" w:rsidR="001F7E55" w:rsidRPr="00851B36" w:rsidRDefault="001F7E55" w:rsidP="00851B36">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00851B36">
+              <w:t xml:space="preserve">If the </w:t>
+            </w:r>
+            <w:r w:rsidR="00F41952">
+              <w:t>victim-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00851B36">
+              <w:t>survivor is an adult, do they wish for further action to be taken with regards to local authority reporting:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7221C492" w14:textId="04F615D6" w:rsidR="001F7E55" w:rsidRPr="00851B36" w:rsidRDefault="001F7E55" w:rsidP="00851B36">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00851B36">
+              <w:t>YES  /</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00851B36">
+              <w:t xml:space="preserve">  NO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD4A51" w:rsidRPr="00851B36" w14:paraId="40952470" w14:textId="77777777" w:rsidTr="00C33C95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3956" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F52265F" w14:textId="58EA751E" w:rsidR="00AD4A51" w:rsidRPr="00851B36" w:rsidRDefault="00AD4A51" w:rsidP="00851B36">
+            <w:pPr>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>Date/s of Incident/s:</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5F95C9C8" w14:textId="47E7BCB2" w:rsidR="009062E4" w:rsidRDefault="009062E4" w:rsidP="001463CC">
+              <w:t>Is the victim-survivor/child still in danger of abuse or neglect?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D96E328" w14:textId="77777777" w:rsidR="00AD4A51" w:rsidRPr="00851B36" w:rsidRDefault="00AD4A51" w:rsidP="00851B36"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F7E55" w:rsidRPr="00851B36" w14:paraId="69BB2112" w14:textId="77777777" w:rsidTr="00C33C95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3956" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="289C69B6" w14:textId="77777777" w:rsidR="001F7E55" w:rsidRPr="00851B36" w:rsidRDefault="001F7E55" w:rsidP="00851B36">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:jc w:val="left"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-          <w:p w14:paraId="106AE150" w14:textId="77777777" w:rsidR="00CE3DDE" w:rsidRDefault="00CE3DDE" w:rsidP="001463CC">
+            <w:r w:rsidRPr="00851B36">
+              <w:t>Any other relevant information:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F57DC81" w14:textId="7B37D968" w:rsidR="001F7E55" w:rsidRPr="00851B36" w:rsidRDefault="001F7E55" w:rsidP="00851B36">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71995F7D" w14:textId="77777777" w:rsidR="001F7E55" w:rsidRPr="00851B36" w:rsidRDefault="001F7E55" w:rsidP="00851B36"/>
+          <w:p w14:paraId="770D7506" w14:textId="77777777" w:rsidR="006F49F2" w:rsidRPr="00851B36" w:rsidRDefault="006F49F2" w:rsidP="00851B36"/>
+          <w:p w14:paraId="58B31861" w14:textId="23F131BA" w:rsidR="006F49F2" w:rsidRPr="00851B36" w:rsidRDefault="006F49F2" w:rsidP="00851B36"/>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE3DDE" w14:paraId="7FF08BB7" w14:textId="77777777" w:rsidTr="00D04F2A">
-[...18 lines deleted...]
-          <w:p w14:paraId="6258B3A4" w14:textId="77777777" w:rsidR="00CE3DDE" w:rsidRDefault="00CE3DDE" w:rsidP="001463CC">
+      <w:tr w:rsidR="001F7E55" w:rsidRPr="00851B36" w14:paraId="138DD83E" w14:textId="77777777" w:rsidTr="00C33C95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3956" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EFD5056" w14:textId="77777777" w:rsidR="001F7E55" w:rsidRPr="00851B36" w:rsidRDefault="001F7E55" w:rsidP="00851B36">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:jc w:val="left"/>
             </w:pPr>
-          </w:p>
+            <w:r w:rsidRPr="00851B36">
+              <w:t>Signature:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49C5FD80" w14:textId="13903992" w:rsidR="001F7E55" w:rsidRPr="00851B36" w:rsidRDefault="001F7E55" w:rsidP="00851B36">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B9AFAA1" w14:textId="58C6F4DA" w:rsidR="001F7E55" w:rsidRPr="00851B36" w:rsidRDefault="001F7E55" w:rsidP="00851B36"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE3DDE" w14:paraId="2ABC689F" w14:textId="77777777" w:rsidTr="00D04F2A">
-[...23 lines deleted...]
-          <w:p w14:paraId="39F297F5" w14:textId="77777777" w:rsidR="00CE3DDE" w:rsidRDefault="00CE3DDE" w:rsidP="001463CC">
+      <w:tr w:rsidR="001F7E55" w:rsidRPr="00851B36" w14:paraId="1664B4E7" w14:textId="77777777" w:rsidTr="00C33C95">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3956" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A7D5D91" w14:textId="77777777" w:rsidR="001F7E55" w:rsidRPr="00851B36" w:rsidRDefault="001F7E55" w:rsidP="00851B36">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:jc w:val="left"/>
             </w:pPr>
-          </w:p>
-[...23 lines deleted...]
-          <w:p w14:paraId="27B7E82C" w14:textId="77777777" w:rsidR="00CE3DDE" w:rsidRDefault="00CE3DDE" w:rsidP="001463CC">
+            <w:r w:rsidRPr="00851B36">
+              <w:t>Date:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62321221" w14:textId="76FFB2DA" w:rsidR="001F7E55" w:rsidRPr="00851B36" w:rsidRDefault="001F7E55" w:rsidP="00851B36">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...175 lines deleted...]
-            <w:r>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="495F23F8" w14:textId="77777777" w:rsidR="001F7E55" w:rsidRPr="00851B36" w:rsidRDefault="001F7E55" w:rsidP="00851B36"/>
+          <w:p w14:paraId="35EE69FC" w14:textId="61F3CD70" w:rsidR="001F7E55" w:rsidRPr="00851B36" w:rsidRDefault="001F7E55" w:rsidP="00851B36">
+            <w:r w:rsidRPr="00851B36">
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0518CF5E" w14:textId="77777777" w:rsidR="00080722" w:rsidRPr="00080722" w:rsidRDefault="00080722" w:rsidP="00080722">
+    <w:p w14:paraId="2090D680" w14:textId="77777777" w:rsidR="008A16E5" w:rsidRDefault="008A16E5" w:rsidP="008A16E5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00080722">
+    </w:p>
+    <w:p w14:paraId="5F8915F3" w14:textId="77777777" w:rsidR="008A16E5" w:rsidRDefault="008A16E5">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Sancoale Softened Bold" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Sancoale Softened Bold" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0518CF5E" w14:textId="6F81BEFE" w:rsidR="00080722" w:rsidRPr="008A16E5" w:rsidRDefault="00080722" w:rsidP="008A16E5">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008A16E5">
         <w:lastRenderedPageBreak/>
         <w:t>Document Control Information</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="58"/>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1686"/>
         <w:gridCol w:w="1274"/>
         <w:gridCol w:w="3219"/>
         <w:gridCol w:w="3285"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00080722" w:rsidRPr="00A71707" w14:paraId="2D2378E8" w14:textId="77777777" w:rsidTr="00E7177D">
+      <w:tr w:rsidR="00080722" w:rsidRPr="00851B36" w14:paraId="2D2378E8" w14:textId="77777777" w:rsidTr="00E7177D">
         <w:trPr>
           <w:trHeight w:val="558"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9464" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23D7E972" w14:textId="6A54F357" w:rsidR="00080722" w:rsidRPr="00A71707" w:rsidRDefault="00080722" w:rsidP="00E7177D">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="23D7E972" w14:textId="6A54F357" w:rsidR="00080722" w:rsidRPr="00851B36" w:rsidRDefault="00080722" w:rsidP="00851B36">
+            <w:r w:rsidRPr="00851B36">
               <w:t>Reporting Form</w:t>
             </w:r>
-            <w:r w:rsidR="005E2C8F">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="005E2C8F" w:rsidRPr="00851B36">
               <w:t xml:space="preserve">: Child Safe &amp; </w:t>
             </w:r>
-            <w:r w:rsidR="009B29F2">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="009B29F2" w:rsidRPr="00851B36">
               <w:t>SEAH</w:t>
             </w:r>
-            <w:r w:rsidR="005E2C8F">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="005E2C8F" w:rsidRPr="00851B36">
               <w:t xml:space="preserve"> matters</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00080722" w:rsidRPr="00406A37" w14:paraId="0D768EDD" w14:textId="77777777" w:rsidTr="00626397">
+      <w:tr w:rsidR="00080722" w:rsidRPr="00851B36" w14:paraId="0D768EDD" w14:textId="77777777" w:rsidTr="00626397">
         <w:trPr>
           <w:trHeight w:val="410"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00406A37">
+          </w:tcPr>
+          <w:p w14:paraId="44E2227D" w14:textId="77777777" w:rsidR="00080722" w:rsidRPr="00851B36" w:rsidRDefault="00080722" w:rsidP="00851B36">
+            <w:r w:rsidRPr="00851B36">
               <w:t>Owner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3251F6D1" w14:textId="786BEBC9" w:rsidR="00080722" w:rsidRPr="00406A37" w:rsidRDefault="00080722" w:rsidP="00E7177D">
+          </w:tcPr>
+          <w:p w14:paraId="3251F6D1" w14:textId="3B29F81C" w:rsidR="00080722" w:rsidRPr="00851B36" w:rsidRDefault="006879D0" w:rsidP="00851B36">
             <w:r>
-              <w:t>Director of Finance and Operations</w:t>
+              <w:t xml:space="preserve">Director </w:t>
+            </w:r>
+            <w:r w:rsidR="0016262E">
+              <w:t>Risk, Governance and Business Optimisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00080722" w:rsidRPr="00406A37" w14:paraId="51F05A37" w14:textId="77777777" w:rsidTr="00E7177D">
+      <w:tr w:rsidR="00080722" w:rsidRPr="00851B36" w14:paraId="51F05A37" w14:textId="77777777" w:rsidTr="00E7177D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00406A37">
+          </w:tcPr>
+          <w:p w14:paraId="18536D15" w14:textId="77777777" w:rsidR="00080722" w:rsidRPr="00851B36" w:rsidRDefault="00080722" w:rsidP="00851B36">
+            <w:r w:rsidRPr="00851B36">
               <w:t>Master Copy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00626397">
+          </w:tcPr>
+          <w:p w14:paraId="538C8C54" w14:textId="5D406D3C" w:rsidR="00080722" w:rsidRPr="00851B36" w:rsidRDefault="00626397" w:rsidP="00851B36">
+            <w:r w:rsidRPr="00851B36">
               <w:t>Policy QA Coordinator</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00080722" w:rsidRPr="00406A37" w14:paraId="40ACC6E4" w14:textId="77777777" w:rsidTr="00E7177D">
+      <w:tr w:rsidR="00080722" w:rsidRPr="00851B36" w14:paraId="40ACC6E4" w14:textId="77777777" w:rsidTr="00E7177D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00406A37">
+          </w:tcPr>
+          <w:p w14:paraId="0CC1D8CF" w14:textId="77777777" w:rsidR="00080722" w:rsidRPr="00851B36" w:rsidRDefault="00080722" w:rsidP="00851B36">
+            <w:r w:rsidRPr="00851B36">
               <w:t>Date created</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="03A7351A" w14:textId="123EF42C" w:rsidR="00080722" w:rsidRPr="00851B36" w:rsidRDefault="00080722" w:rsidP="00851B36">
+            <w:r w:rsidRPr="00851B36">
               <w:t>31/05/2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00080722" w:rsidRPr="00406A37" w14:paraId="0B9A49B6" w14:textId="77777777" w:rsidTr="00E7177D">
+      <w:tr w:rsidR="00080722" w:rsidRPr="00851B36" w14:paraId="0B9A49B6" w14:textId="77777777" w:rsidTr="00E7177D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00406A37">
+          </w:tcPr>
+          <w:p w14:paraId="3F56E541" w14:textId="77777777" w:rsidR="00080722" w:rsidRPr="00851B36" w:rsidRDefault="00080722" w:rsidP="00851B36">
+            <w:r w:rsidRPr="00851B36">
               <w:t>Date last reviewed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="03A5D2F2" w14:textId="7B6D721D" w:rsidR="00080722" w:rsidRPr="00406A37" w:rsidRDefault="009B29F2" w:rsidP="00E7177D">
+          </w:tcPr>
+          <w:p w14:paraId="03A5D2F2" w14:textId="542025CF" w:rsidR="00080722" w:rsidRPr="00851B36" w:rsidRDefault="0016262E" w:rsidP="00851B36">
             <w:r>
-              <w:t>30/10/2019</w:t>
+              <w:t>28/05/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00080722" w:rsidRPr="00406A37" w14:paraId="16C96910" w14:textId="77777777" w:rsidTr="00E7177D">
+      <w:tr w:rsidR="00080722" w:rsidRPr="00851B36" w14:paraId="16C96910" w14:textId="77777777" w:rsidTr="00E7177D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="390A7CA5" w14:textId="5B56918A" w:rsidR="00080722" w:rsidRPr="00406A37" w:rsidRDefault="00080722" w:rsidP="00E7177D">
+          </w:tcPr>
+          <w:p w14:paraId="390A7CA5" w14:textId="705755A8" w:rsidR="00080722" w:rsidRPr="00851B36" w:rsidRDefault="00080722" w:rsidP="0016262E">
             <w:pPr>
-              <w:jc w:val="right"/>
+              <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
-              <w:t xml:space="preserve">Approved by Director of Finance and Operations  </w:t>
+            <w:r w:rsidRPr="00851B36">
+              <w:t xml:space="preserve">Approved by </w:t>
+            </w:r>
+            <w:r w:rsidR="0016262E">
+              <w:t>Director of Risk, Governance and Business Optimisation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00851B36">
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="625CA240" w14:textId="75BB0573" w:rsidR="00080722" w:rsidRPr="00406A37" w:rsidRDefault="009B29F2" w:rsidP="00E7177D">
+          </w:tcPr>
+          <w:p w14:paraId="625CA240" w14:textId="6AE537B0" w:rsidR="00080722" w:rsidRPr="00851B36" w:rsidRDefault="008E7C95" w:rsidP="00851B36">
             <w:r>
-              <w:t>6/1/2020</w:t>
+              <w:t>22/7/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00080722" w:rsidRPr="00406A37" w14:paraId="29F7FC28" w14:textId="77777777" w:rsidTr="00E7177D">
+      <w:tr w:rsidR="00080722" w:rsidRPr="00851B36" w14:paraId="29F7FC28" w14:textId="77777777" w:rsidTr="00E7177D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="47D04F4C" w14:textId="77777777" w:rsidR="00080722" w:rsidRPr="00851B36" w:rsidRDefault="00080722" w:rsidP="00851B36">
+            <w:r w:rsidRPr="00851B36">
               <w:t>Approved by Executive</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1D7EF133" w14:textId="4B6F47BB" w:rsidR="00080722" w:rsidRPr="00406A37" w:rsidRDefault="009B29F2" w:rsidP="00E7177D">
+          </w:tcPr>
+          <w:p w14:paraId="1D7EF133" w14:textId="13F5B6E4" w:rsidR="00080722" w:rsidRPr="00851B36" w:rsidRDefault="008E7C95" w:rsidP="00851B36">
             <w:r>
-              <w:t>18/9/2017</w:t>
+              <w:t>22/7/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00080722" w:rsidRPr="00406A37" w14:paraId="753A8D10" w14:textId="77777777" w:rsidTr="00E7177D">
+      <w:tr w:rsidR="00080722" w:rsidRPr="00851B36" w14:paraId="753A8D10" w14:textId="77777777" w:rsidTr="00E7177D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00406A37">
+          </w:tcPr>
+          <w:p w14:paraId="0E5CFEBB" w14:textId="77777777" w:rsidR="00080722" w:rsidRPr="00851B36" w:rsidRDefault="00080722" w:rsidP="00851B36">
+            <w:r w:rsidRPr="00851B36">
               <w:t>Date next Review</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="20A50196" w14:textId="026B4DCB" w:rsidR="00080722" w:rsidRPr="00406A37" w:rsidRDefault="009B29F2" w:rsidP="00E7177D">
+          </w:tcPr>
+          <w:p w14:paraId="20A50196" w14:textId="4E762F6D" w:rsidR="00080722" w:rsidRPr="00851B36" w:rsidRDefault="001466E0" w:rsidP="00851B36">
             <w:r>
-              <w:t>30/10/2021</w:t>
+              <w:t>28/5/2028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00080722" w:rsidRPr="00406A37" w14:paraId="63AA37DC" w14:textId="77777777" w:rsidTr="00E7177D">
+      <w:tr w:rsidR="00080722" w:rsidRPr="00851B36" w14:paraId="63AA37DC" w14:textId="77777777" w:rsidTr="00E7177D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2960" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-          </w:p>
+          </w:tcPr>
+          <w:p w14:paraId="62429A25" w14:textId="77777777" w:rsidR="00080722" w:rsidRPr="00851B36" w:rsidRDefault="00080722" w:rsidP="00851B36"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="302056AF" w14:textId="77777777" w:rsidR="00080722" w:rsidRPr="00406A37" w:rsidRDefault="00080722" w:rsidP="00E7177D"/>
+          </w:tcPr>
+          <w:p w14:paraId="302056AF" w14:textId="77777777" w:rsidR="00080722" w:rsidRPr="00851B36" w:rsidRDefault="00080722" w:rsidP="00851B36"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00080722" w:rsidRPr="00406A37" w14:paraId="05A80D0C" w14:textId="77777777" w:rsidTr="00E7177D">
+      <w:tr w:rsidR="00080722" w:rsidRPr="00851B36" w14:paraId="05A80D0C" w14:textId="77777777" w:rsidTr="00E7177D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="142DED48" w14:textId="77777777" w:rsidR="00080722" w:rsidRPr="00406A37" w:rsidRDefault="00080722" w:rsidP="00E7177D">
+          <w:p w14:paraId="142DED48" w14:textId="77777777" w:rsidR="00080722" w:rsidRPr="00851B36" w:rsidRDefault="00080722" w:rsidP="00851B36">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00406A37">
+            <w:r w:rsidRPr="00851B36">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1274" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40F4AE62" w14:textId="77777777" w:rsidR="00080722" w:rsidRPr="00406A37" w:rsidRDefault="00080722" w:rsidP="00E7177D">
+          <w:p w14:paraId="40F4AE62" w14:textId="77777777" w:rsidR="00080722" w:rsidRPr="00851B36" w:rsidRDefault="00080722" w:rsidP="00851B36">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00406A37">
+            <w:r w:rsidRPr="00851B36">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Version</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3219" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05D2CD88" w14:textId="77777777" w:rsidR="00080722" w:rsidRPr="00406A37" w:rsidRDefault="00080722" w:rsidP="00E7177D">
+          <w:p w14:paraId="05D2CD88" w14:textId="77777777" w:rsidR="00080722" w:rsidRPr="00851B36" w:rsidRDefault="00080722" w:rsidP="00851B36">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00406A37">
+            <w:r w:rsidRPr="00851B36">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Revision Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3285" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03238B6A" w14:textId="77777777" w:rsidR="00080722" w:rsidRPr="00406A37" w:rsidRDefault="00080722" w:rsidP="00E7177D">
+          <w:p w14:paraId="03238B6A" w14:textId="77777777" w:rsidR="00080722" w:rsidRPr="00851B36" w:rsidRDefault="00080722" w:rsidP="00851B36">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00406A37">
+            <w:r w:rsidRPr="00851B36">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Reviewed / Updated by</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE2CDA" w:rsidRPr="00406A37" w14:paraId="22B6ED67" w14:textId="77777777" w:rsidTr="00E7177D">
+      <w:tr w:rsidR="00AE2CDA" w:rsidRPr="00851B36" w14:paraId="22B6ED67" w14:textId="77777777" w:rsidTr="00E7177D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35C40B30" w14:textId="51089365" w:rsidR="00AE2CDA" w:rsidRPr="00406A37" w:rsidRDefault="00AE2CDA" w:rsidP="00E7177D">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="35C40B30" w14:textId="51089365" w:rsidR="00AE2CDA" w:rsidRPr="00851B36" w:rsidRDefault="00AE2CDA" w:rsidP="00851B36">
+            <w:r w:rsidRPr="00851B36">
               <w:t>31/5/2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1274" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CEDF4FF" w14:textId="510B6CD2" w:rsidR="00AE2CDA" w:rsidRDefault="00AE2CDA" w:rsidP="00E7177D">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="3CEDF4FF" w14:textId="510B6CD2" w:rsidR="00AE2CDA" w:rsidRPr="00851B36" w:rsidRDefault="00AE2CDA" w:rsidP="00851B36">
+            <w:r w:rsidRPr="00851B36">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3219" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FDCBC32" w14:textId="6B2E1207" w:rsidR="00AE2CDA" w:rsidRDefault="00AE2CDA" w:rsidP="00E7177D">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="0FDCBC32" w14:textId="6B2E1207" w:rsidR="00AE2CDA" w:rsidRPr="00851B36" w:rsidRDefault="00AE2CDA" w:rsidP="00851B36">
+            <w:r w:rsidRPr="00851B36">
               <w:t>Created</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3285" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="222C90AC" w14:textId="2003D4E7" w:rsidR="00AE2CDA" w:rsidRDefault="00AE2CDA" w:rsidP="00E7177D">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="222C90AC" w14:textId="2003D4E7" w:rsidR="00AE2CDA" w:rsidRPr="00851B36" w:rsidRDefault="00AE2CDA" w:rsidP="00851B36">
+            <w:r w:rsidRPr="00851B36">
               <w:t>Policy QA Coordinator</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00080722" w:rsidRPr="00406A37" w14:paraId="0032BFBF" w14:textId="77777777" w:rsidTr="00E7177D">
+      <w:tr w:rsidR="00080722" w:rsidRPr="00851B36" w14:paraId="0032BFBF" w14:textId="77777777" w:rsidTr="00E7177D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B0926EF" w14:textId="3B868088" w:rsidR="00080722" w:rsidRPr="00406A37" w:rsidRDefault="00AE2CDA" w:rsidP="00E7177D">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="1B0926EF" w14:textId="3B868088" w:rsidR="00080722" w:rsidRPr="00851B36" w:rsidRDefault="00AE2CDA" w:rsidP="00851B36">
+            <w:r w:rsidRPr="00851B36">
               <w:t>30/10/2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1274" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49275151" w14:textId="6FB36852" w:rsidR="00080722" w:rsidRPr="00406A37" w:rsidRDefault="009062E4" w:rsidP="00E7177D">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="49275151" w14:textId="6FB36852" w:rsidR="00080722" w:rsidRPr="00851B36" w:rsidRDefault="009062E4" w:rsidP="00851B36">
+            <w:r w:rsidRPr="00851B36">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3219" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04676B5B" w14:textId="039ED125" w:rsidR="00080722" w:rsidRPr="00A71707" w:rsidRDefault="009062E4" w:rsidP="00E7177D">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="04676B5B" w14:textId="039ED125" w:rsidR="00080722" w:rsidRPr="00851B36" w:rsidRDefault="009062E4" w:rsidP="00851B36">
+            <w:r w:rsidRPr="00851B36">
               <w:t>Revised</w:t>
             </w:r>
-            <w:r w:rsidR="00AE2CDA">
+            <w:r w:rsidR="00AE2CDA" w:rsidRPr="00851B36">
               <w:t xml:space="preserve"> to include PSEAH matters.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3285" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E8E3277" w14:textId="685584B6" w:rsidR="00080722" w:rsidRPr="00406A37" w:rsidRDefault="009062E4" w:rsidP="00E7177D">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0E8E3277" w14:textId="685584B6" w:rsidR="00080722" w:rsidRPr="00851B36" w:rsidRDefault="009062E4" w:rsidP="00851B36">
+            <w:r w:rsidRPr="00851B36">
+              <w:t>Governance and Risk Coordinator</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E600FB" w:rsidRPr="00851B36" w14:paraId="7547BBAB" w14:textId="77777777" w:rsidTr="00E7177D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B9D8D26" w14:textId="7E4184D2" w:rsidR="00E600FB" w:rsidRPr="00851B36" w:rsidRDefault="00E600FB" w:rsidP="00851B36">
+            <w:r w:rsidRPr="00851B36">
+              <w:t>28/06/2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="263CD0C9" w14:textId="32915A82" w:rsidR="00E600FB" w:rsidRPr="00851B36" w:rsidRDefault="00E600FB" w:rsidP="00851B36">
+            <w:r w:rsidRPr="00851B36">
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3219" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06226AAB" w14:textId="783C804A" w:rsidR="00E600FB" w:rsidRPr="00851B36" w:rsidRDefault="00E600FB" w:rsidP="00851B36">
+            <w:r w:rsidRPr="00851B36">
+              <w:t>Updated to account for welfare and wishes of adult survivors</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3285" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7162C5B6" w14:textId="46455332" w:rsidR="00E600FB" w:rsidRPr="00851B36" w:rsidRDefault="00E600FB" w:rsidP="00851B36">
+            <w:r w:rsidRPr="00851B36">
+              <w:t>Policy QA Coordinator</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001466E0" w:rsidRPr="00851B36" w14:paraId="1A242E4F" w14:textId="77777777" w:rsidTr="00E7177D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EE7C85F" w14:textId="020E9938" w:rsidR="001466E0" w:rsidRPr="00851B36" w:rsidRDefault="001466E0" w:rsidP="00851B36">
             <w:r>
-              <w:t>Governance and Risk Coordinator</w:t>
+              <w:t>28/5/2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CFEC265" w14:textId="18D51133" w:rsidR="001466E0" w:rsidRPr="00851B36" w:rsidRDefault="001466E0" w:rsidP="00851B36">
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3219" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54748D62" w14:textId="5216C510" w:rsidR="001466E0" w:rsidRPr="00851B36" w:rsidRDefault="001466E0" w:rsidP="00851B36">
+            <w:r>
+              <w:t xml:space="preserve">Update to support new </w:t>
+            </w:r>
+            <w:r w:rsidR="00C849F6">
+              <w:t>Child Safe and PSEAH policies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3285" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1660C9A3" w14:textId="560D46E2" w:rsidR="001466E0" w:rsidRPr="00851B36" w:rsidRDefault="00C849F6" w:rsidP="00851B36">
+            <w:r>
+              <w:t>Risk and Governance Coordinator</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5E1AA50D" w14:textId="77777777" w:rsidR="00080722" w:rsidRPr="00E56C4A" w:rsidRDefault="00080722" w:rsidP="00080722">
-[...10 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5E1AA50D" w14:textId="77777777" w:rsidR="00080722" w:rsidRPr="00851B36" w:rsidRDefault="00080722" w:rsidP="00851B36"/>
+    <w:p w14:paraId="08C32B44" w14:textId="12B61E7E" w:rsidR="00B3186D" w:rsidRPr="00851B36" w:rsidRDefault="00BF1228" w:rsidP="00851B36">
+      <w:r w:rsidRPr="00851B36">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00B3186D" w:rsidRPr="00FE41A6" w:rsidSect="00AE2CDA">
+    <w:sectPr w:rsidR="00B3186D" w:rsidRPr="00851B36" w:rsidSect="00851B36">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="2102" w:right="1411" w:bottom="864" w:left="1440" w:header="706" w:footer="706" w:gutter="0"/>
+      <w:pgMar w:top="1871" w:right="1077" w:bottom="1440" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="56EC2DBB" w14:textId="77777777" w:rsidR="00555AF2" w:rsidRDefault="00555AF2" w:rsidP="0054692A">
+    <w:p w14:paraId="57AB728C" w14:textId="77777777" w:rsidR="005B7F9F" w:rsidRDefault="005B7F9F" w:rsidP="00851B36">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D242ECE" w14:textId="77777777" w:rsidR="00555AF2" w:rsidRDefault="00555AF2" w:rsidP="0054692A">
+    <w:p w14:paraId="74FA9050" w14:textId="77777777" w:rsidR="005B7F9F" w:rsidRDefault="005B7F9F" w:rsidP="00851B36">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Public Sans Light">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00000FF" w:usb1="4000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="PP Right Grotesk Compact Dark">
+    <w:panose1 w:val="00000906000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000207" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000097" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gotham Light">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A10000FF" w:usb1="4000005B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
+    <w:sig w:usb0="A00000AF" w:usb1="50000048" w:usb2="00000000" w:usb3="00000000" w:csb0="00000111" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sancoale Softened Bold">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000AF" w:usb1="5000005B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="22B889AA" w14:textId="57342E50" w:rsidR="00CE3DDE" w:rsidRDefault="00C80EE7" w:rsidP="00CE3DDE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="08C32B4D" w14:textId="795140A0" w:rsidR="003B3C3F" w:rsidRDefault="00395FFD" w:rsidP="00851B36">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-      <w:tabs>
-[...3 lines deleted...]
-      </w:tabs>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-717660461"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r w:rsidR="00CE3DDE">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00CE3DDE">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00CE3DDE">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="001E509D">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00CE3DDE">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="00CE3DDE">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
+    </w:r>
+    <w:r w:rsidR="004C650B">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="00CE3DDE">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
       <w:t>Child Safe</w:t>
     </w:r>
     <w:r w:rsidR="005E2C8F">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve"> &amp; S</w:t>
     </w:r>
     <w:r w:rsidR="00BE533C">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>EA</w:t>
     </w:r>
     <w:r w:rsidR="005E2C8F">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>H</w:t>
     </w:r>
     <w:r w:rsidR="00CE3DDE">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve"> Reporting Form</w:t>
     </w:r>
-  </w:p>
-[...3 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3530DCF1" w14:textId="77777777" w:rsidR="00555AF2" w:rsidRDefault="00555AF2" w:rsidP="0054692A">
+    <w:p w14:paraId="4DD58AB8" w14:textId="77777777" w:rsidR="005B7F9F" w:rsidRDefault="005B7F9F" w:rsidP="00851B36">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38A358A9" w14:textId="77777777" w:rsidR="00555AF2" w:rsidRDefault="00555AF2" w:rsidP="0054692A">
+    <w:p w14:paraId="35607F1B" w14:textId="77777777" w:rsidR="005B7F9F" w:rsidRDefault="005B7F9F" w:rsidP="00851B36">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="08C32B4B" w14:textId="77777777" w:rsidR="0054692A" w:rsidRDefault="0054692A" w:rsidP="00B5124F">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="08C32B4B" w14:textId="77777777" w:rsidR="0054692A" w:rsidRDefault="0054692A" w:rsidP="00851B36">
     <w:pPr>
       <w:pStyle w:val="Header"/>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08C32B4E" wp14:editId="22B394E6">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4095750</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-135255</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2188210" cy="836930"/>
           <wp:effectExtent l="0" t="0" r="2540" b="1270"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="2" name="Picture 2" descr="G:\Company Branding\Transform Aid International\TAI Logos\Horizontal\Tagline\TAI_Logo_Landscape_Tagline_RGB_Print.jpg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -1387,51 +1767,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01984CBE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="99D61506"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2018,50 +2398,163 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="82E05054" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3F073676"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0D2EF4D4"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61F66B60"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6B6B0FC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2130,51 +2623,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62103890"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="49D6E324"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2243,51 +2736,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68A67458"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="571E7120"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2356,209 +2849,260 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="665061102">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1477524190">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1981495347">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="4" w16cid:durableId="63795446">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="653802505">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="195192145">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1765035049">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1296720003">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4">
-[...11 lines deleted...]
-  <w:num w:numId="8">
+  <w:num w:numId="9" w16cid:durableId="78790064">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0054692A"/>
     <w:rsid w:val="00013B96"/>
     <w:rsid w:val="00013CBD"/>
+    <w:rsid w:val="00073D09"/>
     <w:rsid w:val="00080722"/>
     <w:rsid w:val="000A785B"/>
     <w:rsid w:val="000D53C1"/>
     <w:rsid w:val="000E4BBD"/>
     <w:rsid w:val="00105015"/>
     <w:rsid w:val="001463CC"/>
+    <w:rsid w:val="001466E0"/>
+    <w:rsid w:val="0016262E"/>
     <w:rsid w:val="001A5019"/>
     <w:rsid w:val="001E509D"/>
     <w:rsid w:val="001F716C"/>
+    <w:rsid w:val="001F7E55"/>
+    <w:rsid w:val="00211EEE"/>
+    <w:rsid w:val="00241804"/>
+    <w:rsid w:val="00395FFD"/>
+    <w:rsid w:val="003B1ADE"/>
     <w:rsid w:val="003B3C3F"/>
+    <w:rsid w:val="003F22BC"/>
+    <w:rsid w:val="004C650B"/>
     <w:rsid w:val="00506BD4"/>
     <w:rsid w:val="00511163"/>
     <w:rsid w:val="00532391"/>
     <w:rsid w:val="00541DB6"/>
     <w:rsid w:val="0054692A"/>
     <w:rsid w:val="005524A9"/>
     <w:rsid w:val="00555AF2"/>
+    <w:rsid w:val="005B7F9F"/>
     <w:rsid w:val="005E2C8F"/>
+    <w:rsid w:val="00614409"/>
     <w:rsid w:val="00626397"/>
+    <w:rsid w:val="00674434"/>
+    <w:rsid w:val="006879D0"/>
     <w:rsid w:val="006B22C6"/>
     <w:rsid w:val="006C1ECF"/>
+    <w:rsid w:val="006F109F"/>
+    <w:rsid w:val="006F49F2"/>
     <w:rsid w:val="00705ABB"/>
+    <w:rsid w:val="00777389"/>
     <w:rsid w:val="00786770"/>
+    <w:rsid w:val="00791099"/>
     <w:rsid w:val="007D0698"/>
     <w:rsid w:val="007D4814"/>
+    <w:rsid w:val="008061D4"/>
     <w:rsid w:val="00834DE8"/>
+    <w:rsid w:val="00851B36"/>
     <w:rsid w:val="00875430"/>
+    <w:rsid w:val="0088358B"/>
+    <w:rsid w:val="008A16E5"/>
     <w:rsid w:val="008B5ED4"/>
     <w:rsid w:val="008D57BF"/>
+    <w:rsid w:val="008D6A36"/>
+    <w:rsid w:val="008E7C95"/>
     <w:rsid w:val="009062E4"/>
+    <w:rsid w:val="009138EB"/>
+    <w:rsid w:val="009168F6"/>
+    <w:rsid w:val="00923155"/>
     <w:rsid w:val="009440FD"/>
     <w:rsid w:val="00980DB3"/>
+    <w:rsid w:val="009B09DC"/>
     <w:rsid w:val="009B29F2"/>
+    <w:rsid w:val="00AD4A51"/>
     <w:rsid w:val="00AE2CDA"/>
+    <w:rsid w:val="00AF649C"/>
     <w:rsid w:val="00B3186D"/>
     <w:rsid w:val="00B5124F"/>
+    <w:rsid w:val="00B73094"/>
+    <w:rsid w:val="00B82FA2"/>
+    <w:rsid w:val="00B87090"/>
     <w:rsid w:val="00B93D7C"/>
+    <w:rsid w:val="00BA6C1C"/>
     <w:rsid w:val="00BB3F23"/>
+    <w:rsid w:val="00BC5CF6"/>
     <w:rsid w:val="00BE533C"/>
     <w:rsid w:val="00BE647F"/>
     <w:rsid w:val="00BF1228"/>
-    <w:rsid w:val="00C80EE7"/>
+    <w:rsid w:val="00C12D56"/>
+    <w:rsid w:val="00C25338"/>
+    <w:rsid w:val="00C33C95"/>
+    <w:rsid w:val="00C849F6"/>
+    <w:rsid w:val="00CA28E9"/>
+    <w:rsid w:val="00CB5F77"/>
+    <w:rsid w:val="00CC6223"/>
     <w:rsid w:val="00CD1B27"/>
     <w:rsid w:val="00CE3DDE"/>
     <w:rsid w:val="00CF1EC7"/>
+    <w:rsid w:val="00CF4CB0"/>
     <w:rsid w:val="00D04F2A"/>
     <w:rsid w:val="00D37721"/>
+    <w:rsid w:val="00D46FE2"/>
     <w:rsid w:val="00D5538D"/>
     <w:rsid w:val="00D553DC"/>
     <w:rsid w:val="00E56C4A"/>
+    <w:rsid w:val="00E600FB"/>
+    <w:rsid w:val="00E80459"/>
     <w:rsid w:val="00EB45D5"/>
     <w:rsid w:val="00ED1F1D"/>
     <w:rsid w:val="00F0796F"/>
+    <w:rsid w:val="00F41952"/>
     <w:rsid w:val="00F67154"/>
+    <w:rsid w:val="00F70CD1"/>
+    <w:rsid w:val="00F779D6"/>
     <w:rsid w:val="00FE0B21"/>
     <w:rsid w:val="00FE41A6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="08C32B44"/>
   <w15:docId w15:val="{AB2A249C-2044-4D97-85D5-C3DBF32E942E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="377">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2891,101 +3435,104 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link Error" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000E4BBD"/>
+    <w:rsid w:val="00851B36"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Gotham Light" w:hAnsi="Gotham Light"/>
+      <w:rFonts w:ascii="Public Sans Light" w:hAnsi="Public Sans Light"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00506BD4"/>
+    <w:rsid w:val="00851B36"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="240"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Sancoale Softened Bold" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Sancoale Softened Bold" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="PP Right Grotesk Compact Dark" w:eastAsiaTheme="majorEastAsia" w:hAnsi="PP Right Grotesk Compact Dark" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="52"/>
-      <w:szCs w:val="28"/>
+      <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00080722"/>
+    <w:rsid w:val="008A16E5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="320"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Sancoale Softened Bold" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Sancoale Softened Bold" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="PP Right Grotesk Compact Dark" w:eastAsiaTheme="majorEastAsia" w:hAnsi="PP Right Grotesk Compact Dark" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -3049,196 +3596,205 @@
     <w:rsid w:val="0054692A"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0054692A"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00506BD4"/>
+    <w:rsid w:val="00851B36"/>
     <w:rPr>
-      <w:rFonts w:ascii="Sancoale Softened Bold" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Sancoale Softened Bold" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="PP Right Grotesk Compact Dark" w:eastAsiaTheme="majorEastAsia" w:hAnsi="PP Right Grotesk Compact Dark" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="52"/>
-      <w:szCs w:val="28"/>
+      <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00080722"/>
+    <w:rsid w:val="008A16E5"/>
     <w:rPr>
-      <w:rFonts w:ascii="Sancoale Softened Bold" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Sancoale Softened Bold" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="PP Right Grotesk Compact Dark" w:eastAsiaTheme="majorEastAsia" w:hAnsi="PP Right Grotesk Compact Dark" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="008D57BF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Gotham Light" w:hAnsi="Gotham Light"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="000E4BBD"/>
     <w:pPr>
       <w:spacing w:before="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:right="709"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="000E4BBD"/>
     <w:rPr>
       <w:rFonts w:ascii="Gotham Light" w:eastAsia="Times New Roman" w:hAnsi="Gotham Light"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="000E4BBD"/>
     <w:pPr>
       <w:spacing w:before="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720" w:right="709"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:bCs/>
       <w:iCs/>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00E56C4A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
     <w:name w:val="Table Grid1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:next w:val="TableGrid"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00E56C4A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00851B36"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Gotham Light" w:hAnsi="Gotham Light"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -3510,108 +4066,122 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Department xmlns="4db6235d-da9e-447b-9a8e-1ddc4443054e">Risk &amp; Governance</Department>
+    <DocumentType xmlns="4db6235d-da9e-447b-9a8e-1ddc4443054e">Form</DocumentType>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...7 lines deleted...]
-    <xsd:import namespace="6b299985-ae22-4f7b-b57f-503cd49adc14"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C048F24140817B4098A1849DA0C10B5E" ma:contentTypeVersion="5" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0d2aae3f31efc22a543c2c116ea4e3c9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4db6235d-da9e-447b-9a8e-1ddc4443054e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8f480df6466950229ac2da16b30dbecc" ns2:_="">
+    <xsd:import namespace="4db6235d-da9e-447b-9a8e-1ddc4443054e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
-[...2 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:Department" minOccurs="0"/>
+                <xsd:element ref="ns2:DocumentType" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6b299985-ae22-4f7b-b57f-503cd49adc14" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4db6235d-da9e-447b-9a8e-1ddc4443054e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="Department" ma:index="8" nillable="true" ma:displayName="Department" ma:format="Dropdown" ma:internalName="Department">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Board"/>
+          <xsd:enumeration value="Finance"/>
+          <xsd:enumeration value="Information Technology"/>
+          <xsd:enumeration value="International Programs"/>
+          <xsd:enumeration value="National Engagement"/>
+          <xsd:enumeration value="Risk &amp; Governance"/>
+          <xsd:enumeration value="People and Culture"/>
+          <xsd:enumeration value="SAO Bangladesh"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="DocumentType" ma:index="9" nillable="true" ma:displayName="Document Type" ma:format="Dropdown" ma:internalName="DocumentType">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Policy"/>
+          <xsd:enumeration value="Procedure"/>
+          <xsd:enumeration value="Form"/>
+          <xsd:enumeration value="Template"/>
+          <xsd:enumeration value="Terms of Reference"/>
+          <xsd:enumeration value="Manual"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="12" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
-[...6 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -3670,136 +4240,185 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1830E31F-B3DD-4B12-B9DA-9BACE36450D2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3065C488-8C82-4D0D-880C-FE08166871D3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="4db6235d-da9e-447b-9a8e-1ddc4443054e"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3065C488-8C82-4D0D-880C-FE08166871D3}">
-[...15 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3DCA0F8B-AC3A-4E51-B18F-C1A19A27AD87}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F803496F-53FE-4491-A8E9-A3666BD2BCE2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="6b299985-ae22-4f7b-b57f-503cd49adc14"/>
+    <ds:schemaRef ds:uri="4db6235d-da9e-447b-9a8e-1ddc4443054e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09C7799D-3EE2-447F-BBB3-A2B16339E933}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AEDBAE-C699-4E93-A063-0783E4624A44}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1830E31F-B3DD-4B12-B9DA-9BACE36450D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1303</Characters>
+  <Pages>3</Pages>
+  <Words>402</Words>
+  <Characters>2380</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>3</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>148</Lines>
+  <Paragraphs>84</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1528</CharactersWithSpaces>
+  <CharactersWithSpaces>2698</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Betty Cherian</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101004241C6DFCB55F346ACAA55F61B60E086</vt:lpwstr>
+    <vt:lpwstr>0x010100C048F24140817B4098A1849DA0C10B5E</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>5acf8f2c-7366-47e1-a806-37df40816d2c</vt:lpwstr>
+    <vt:lpwstr>8528e79e-1b7e-48d2-bb10-a469570da025</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_ProgID">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TemplateUrl">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="xd_Signature">
+    <vt:bool>false</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Department">
+    <vt:lpwstr>Risk &amp; Governance</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="DocumentType">
+    <vt:lpwstr>Form</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="PublishedDate">
+    <vt:filetime>2025-05-28T07:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="PolicyOwner(Name)">
+    <vt:lpwstr>Jessica Barry</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Order">
+    <vt:r8>491900</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="PolicyOwner(Position)">
+    <vt:lpwstr>Director, Governance, Risk and Business Optimisation</vt:lpwstr>
   </property>
 </Properties>
 </file>